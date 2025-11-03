--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,1669 +1,6447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0AD35F74" w14:textId="77777777" w:rsidR="00DD1C56" w:rsidRDefault="00F55EC0">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:color w:val="C0504D"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:color w:val="C0504D"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:color w:val="C0504D"/>
+        </w:rPr>
+        <w:t>INFORMED CONSENT TEMPLATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F"/>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instructions:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This template can be used for studies undergoing all types of review (i.e., exempt, expedited, full board). Below, you will find example language for required elements of consent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Additional information may be required for expedited and full board studies; all researchers whose research does not qualify as exempt should carefully read the checklist provided at the end of this form and incorporate all applicable information into thei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r consent forms. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Researchers who are planning to conduct research outside of the United States should contact the IRB for instructions on international consent and data privacy regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F"/>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Delete these instructions and modify the red text below before </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submitting your consent form to the IRB. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Participant Consent Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are being asked to participate in a research study conducted by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[primary researcher(s) name(s) and faculty advisor, if applicable]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at Hamilton College. Your participation in this stu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dy is completely voluntary. Below, you will find important information to think about when deciding whether or not you want to participate in this research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What is the purpose of this study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purpose of this study is to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[describe why this research </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is being conducted in lay terms. For example: “examine the types of thoughts a person may experience while performing a task.”]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Whenever possible, when deception is used, participants should be told that they will be presented with inaccurate or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>incomplete information and that they will be debriefed at the end of the study. For example: “We cannot share all of the details about this study now, but we will share this information with you after you participate.”]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What would you need to do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree to be in this study, you will be asked to do the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Provide full details about what participants will be asked to do in your study. Participants need sufficient detail about your study (e.g., the tasks they’ll do or the questions they’ll </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>be asked) to make an informed decision about their participation. If applicable, you must identify any procedures that are experimental. Here’s an example procedure section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  Listen to approximately 13 minutes of one of two possible types of music (36 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>short melodies).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.  Report the emotion you associate with the music.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.  Complete a questionnaire in which you rate the frequency with which you have had certain types of thoughts.]  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-        </w:rPr>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[If participants will be audio or video recorded, say so here. Provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> some information about how you’ll use the recordings and how you will protect participants’ confidentiality in the way you use and store these recordings. If recordings are optional, include the following consent statement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ I agree to be audio/video </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recorded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___ I DO NOT agree to be audio/video recorded.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The total time required to complete the study should be about </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[X time]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>How many people will participate in this study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This study will include approximately </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participants at Hamilton College </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[and/or, if applicable, other sites]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Would you receive compensation and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are there any costs to you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Depending on your study, choose one of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will receive [describe payments or other compensation, e.g., extra credit in your psychology </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>course. Describe the amount of payments/compensation and when participants will receive them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No, you will not receive any compensation for participating in this study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>There are no direct costs to you for participating in this study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What are the risks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and benefits of participating in this study?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe potential risks of the study. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Some studies present no or minimal risk, in which case, you could say: “Participating in this study should not present any foreseeable risks that go beyond what you migh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t experience in your everyday life.” If applicable, expand on any minimal risks: e.g., “You might feel some discomfort while responding to personal questions/watching video clips/etc.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If you foresee more substantial risks, you could say something like: “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This study could present some risks to you. Possible risks associated with this study include [explain risks, how likely they are, how harmful they could be, and what you’re doing to minimize the risks.]”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If applicable, also mention that “This study could </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>involve risks that are not currently foreseeable.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Describe the benefits to the participant for participating in this research. Some common benefit statements include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:  “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>There are no direct benefits for participating in this study”; “You could benefit fro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>m being in this study by [describe how participants could benefit, if applicable]”; “You will learn about the scientific methodologies of and will help contribute to the body of knowledge in [your area of study]”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will be informed about any new </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>information we learn during this study that might impact your condition or your willingness to continue participating in this study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>How will your information be protected?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If data are being collected anonymously:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The information you provide is anonymou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s. Your information cannot be traced back to you. The data will be accessible only to researchers working on the project at Hamilton College</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [and, if applicable, other research sites]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If data could be connected back to an individual participant: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>We will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take precautions to protect the confidentiality of the information you provide to us, but we cannot guarantee total confidentiality. Study records will be kept </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[describe measures you’re taking to keep participant data safe, e.g., it will be kept in an enc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rypted drive or in a locked cabinet, interviews will be transcribed and recordings deleted].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your name will not be connected to your results or to your responses; instead, a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[number or pseudonym] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will be used for identification purposes. Information that w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ould make it possible to identify you or any other participant will never be included in any sort of report. The data will be accessible only to researchers working on the project at Hamilton College</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [and, if applicable, other research sites]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[If you pla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n to collect identifiable data, you should include one of the following statements:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once identifying information has been removed, your results and/or responses could be used for future studies or shared with other researchers without additional consent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>from you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The information you provide in this study will not be used or distributed for future research studies.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do you need to participate?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No, your participation in this study is entirely voluntary and you may refuse to complete the study at any </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>point or refuse to answer any questions with which you are uncomfortable. You may also stop at any time and ask the researcher any questions you may have. If you decide not to participate or to quit once you’ve started, you will not be penalized or lose an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>y benefits to which you are entitled and your relationship with Hamilton College will not be affected in any way.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[If applicable, describe alternative procedures that might be advantageous to the participant (e.g., alternatives for receiving extra credit,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> therapeutic alternatives).]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Who should you contact if you have questions?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...56 lines deleted...]
-      <w:hyperlink r:id="rId5" w:history="1">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At this time, you may ask any questions you may have regarding this study. If you have questions later, you may contact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXX at 555-555-5555 or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C0504D"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>XXX@hamilton.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006673F0">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...27 lines deleted...]
-      <w:hyperlink r:id="rId6" w:history="1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or their faculty supervisor, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZZZ at 555-555-5555 or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C0504D"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>ZZZ@hamilton.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Questions or concerns about institutional approval should be directed to </w:t>
       </w:r>
-      <w:r w:rsidR="00747A04">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+      <w:r w:rsidR="00BE2AF5" w:rsidRPr="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Name of c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AF5" w:rsidRPr="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>urrent IRB Chair]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Chair of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Institutional Review Board for Human Subjects,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>iboard@hamilton.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If you feel you have been harmed in any way as a result of this study, please contact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>555-555-5555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00747A04">
-[...4 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00BE2AF5" w:rsidRPr="006062CC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>XXX@hamilton.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this is typically the name and info of the faculty member in charge of/supervising the research</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[ask the researcher for/print a copy of]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this consent form now for your records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Statement of Consent:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="500050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="500050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[If you will be having participants sign the consent form] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By signing below, I agree that… </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OR [If electronic or not obtaining signed consent forms] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[clicking below, verbally agreeing, continuing to the next page, answering interview questions, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, I agree that…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="500050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I have read the above information regarding participation in this research. I have asked any questions I had regarding the study procedure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and they have </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>been answered to my satisfaction. I consent to participate in this study. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="A61C00"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[If providing paper consent forms]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I received a copy of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hamilton’s Privacy Notice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I read and understood it. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="A61C00"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>OR [If consenting online]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have been provided a link to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Hamilton’s Privacy Notice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have read and understood it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...161 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I consent to the processing of my personal data and special categories of personal data in accordance with the P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rivacy Notice and for the purposes of applying to and participating in Hamilton College research studies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="CC4125"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[If there is any chance you’ll recruit participants outside of the U.S.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F53E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="CC4125"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include the following statement:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="CC4125"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If I reside </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>outside of the United States, I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consent to the cross-border transfer of my personal data and special categories of personal data as set out in the Privacy Notice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[For signed consent forms use the following signature lines.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="9350" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4675"/>
+        <w:gridCol w:w="4675"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF236F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature of participant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature of researcher</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF236F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Printed name of participant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Printed name of researcher</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF236F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="right" w:pos="1170"/>
-          <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[All researchers should verify that participants using this consent form are at least 18 years old before conducting their study.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="right" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="right" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Age:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="01CF7026" w14:textId="77777777" w:rsidR="00DD1C56" w:rsidRDefault="00F55EC0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: You must be 18 years of age or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>older to participate in this study. Let the researcher know if you are under 18 years old.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>INFORMED CONSENT CHECKLIST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD06A4" w:rsidRDefault="00DD06A4" w:rsidP="00DD06A4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This information is for researchers only. Delete checklist before submitting your consent form to the IRB. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0E0E211F" w14:textId="77777777" w:rsidR="00DD1C56" w:rsidRDefault="00747A04">
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:before="260" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Requirements for Informed Consent (45 CFR </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="46.116">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="54278F"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>46.116</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="220"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Before involving a human subject in research cove</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>red by this policy, an investigator shall obtain the legally effective informed consent of the subject or the subject’s legally authorized representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An investigator shall seek informed consent only under circumstances that provide the prospective sub</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ject or the legally authorized representative sufficient opportunity to discuss and consider whether or not to participate and that minimize the possibility of coercion or undue influence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The information that is given to the subject or the legally authori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zed representative shall be in language understandable to the subject or the legally authorized representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The prospective subject or the legally authorized representative must be provided with the information that a reasonable person would want to ha</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve in order to make an informed decision about whether to participate, and an opportunity to discuss that information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Informed consent must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>begin with a concise and focused presentation of the key information that is most likely to assist a prospective s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ubject or legally authorized representative in understanding the reasons why one might or might not want to participate in the research. This part of the informed consent must be organized and presented in a way that facilitates comprehension.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>information in sufficient detail relating to the research, and must be organized and presented in a way that does not merely provide lists of isolated facts, but rather facilitates the prospective subject’s or legally authorized representative’s understand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing of the reasons why one might or might not want to participate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No informed consent may include any exculpatory language through which the subject or the legally authorized representative is made to waive or appear to waive any of the subject’s legal ri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ghts, or releases or appears to release the investigator, the sponsor, the institution, or its agents from liability for negligence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F196865" w14:textId="77777777" w:rsidR="00DD1C56" w:rsidRDefault="00747A04">
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00DD1C56" w:rsidSect="00122893">
+          <w:color w:val="C0504D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Required elements of consent (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="46.116">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>45 CFR 46.116(b)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A statement that the study involves research, an explanation of the purposes of the research and the expected duration of the subject’s participation, a description of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedures to be followed, and identification of any procedures that are experimental;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A description of any reasonably foreseeable risks or discomforts to the subject;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A description of any benefits to the subject or to others that may reasonably be expecte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d from the research;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A disclosure of appropriate alternative procedures or courses of treatment, if any, that might be advantageous to the subject;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A statement describing the extent, if any, to which confidentiality of records identifying the subject will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be maintained;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For research involving more than minimal risk, an explanation as to whether any compensation and an explanation as to whether any medical treatments are available if injury occurs and, if so, what they consist of, or where further informatio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n may be obtained;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An explanation of whom to contact for answers to pertinent questions about the research and research subjects’ rights, and whom to contact in the event of a research-related injury to the subject;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement that participation is volunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ary, refusal to participate will involve no penalty or loss of benefits to which the subject is otherwise entitled, and the subject may discontinue participation at any time without penalty or loss of benefits to which the subject is otherwise entitled; an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>One of the following statements about any research that involves the collection of identifiable private information or identifiable biospecimens:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement that identifiers might be removed from the identifiable private information or identifiable bios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pecimens and that, after such removal, the information or biospecimens could be used for future research studies or distributed to another investigator for future research studies without additional informed consent from the subject or the legally authoriz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ed representative, if this might be a possibility; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement that the subject’s information or biospecimens collected as part of the research, even if identifiers are removed, will not be used or distributed for future research studies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If applicable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, include the following (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="46.116">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>45 CFR 46.116(c)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A statement that the particular treatment or procedure may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>involve risks to the subject (or to the embryo or fetus, if the subject is or may become pregnant) that are currently unforeseeable;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anticipated circumstances under which the subject’s participation may be terminated by the investigator without regard to t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he subject’s or the legally authorized representative’s consent;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Any additional costs to the subject that may result from participation in the research;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The consequences of a subject’s decision to withdraw from the research and procedures for orderly termi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nation of participation by the subject;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement that significant new findings developed during the course of the research that may relate to the subject’s willingness to continue participation will be provided to the subject;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The approximate number of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>subjects involved in the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement that the subject’s biospecimens (even if identifiers are removed) may be used for commercial profit and whether the subject will or will not share in this commercial profit;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A statement regarding whether clinical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ly relevant research results, including individual research results, will be disclosed to subjects, and if so, under what conditions; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For research involving biospecimens, whether the research will (if known) or might include whole genome sequencing (i.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e., sequencing of a human germline or somatic specimen with the intent to generate the genome or exome sequence of that specimen).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Describe the amount and schedule of payments to participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If participants’ responses could trigger mandated reporting requ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>irements (e.g. they report abuse or neglect, threats to self or others), the consent informs participant of this possibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If the researchers have obtained a Certificate of Confidentiality (CoC), the consent describes the protections, restrictions, and e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>xceptions of the CoC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>* Note: If applicable, researchers are responsible for incorporating additional elements of consent which are not listed here but are required by their funding agency (e.g., NIH) or the FDA.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DF236F">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00C76C32" w:rsidRDefault="00C76C32">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00C76C32" w:rsidRDefault="00C76C32">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arimo">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Geneva">
-    <w:panose1 w:val="020B0503030404040204"/>
+    <w:altName w:val="Segoe UI Symbol"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="5200205F" w:usb2="00A0C000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F"/>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00C76C32" w:rsidRDefault="00C76C32">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00C76C32" w:rsidRDefault="00C76C32">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arimo" w:hAnsi="Arimo"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>Hamilton College</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-457197</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2374900" cy="1583055"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="76539501" name="image1.jpg" descr="Hamilton College Wordmark"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.jpg" descr="Hamilton College Wordmark"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2374900" cy="1583055"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>198 College Hill Rd.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="005674A6">
+    <w:pPr>
+      <w:pStyle w:val="Subtitle"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:bookmarkStart w:id="1" w:name="_heading=h.ii0c0xxjbqhv" w:colFirst="0" w:colLast="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>Clinton, NY 13323</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00DF236F" w:rsidRDefault="00DF236F"/>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16A73B99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="387EA2A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="178F0852"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C3809156"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22820A72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E468EC00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35FB0C24"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E1643BC6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56E54F7A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="71FADFBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="582E127A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1234BD7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:embedSystemFonts/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007646E9"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F55EC0"/>
+    <w:rsidRoot w:val="00DF236F"/>
+    <w:rsid w:val="000F53E9"/>
+    <w:rsid w:val="005674A6"/>
+    <w:rsid w:val="0083789C"/>
+    <w:rsid w:val="00BE2AF5"/>
+    <w:rsid w:val="00C76C32"/>
+    <w:rsid w:val="00DD06A4"/>
+    <w:rsid w:val="00DF236F"/>
+    <w:rsid w:val="00F100DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
-    <m:dispDef m:val="0"/>
+    <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
-    <m:wrapRight/>
+    <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
-    <m:naryLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
-  <w:doNotEmbedSmartTags/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="13F7DE58"/>
+  <w15:docId w15:val="{3971D84D-9FCF-3A4B-9F1E-04BE62F935DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arimo" w:eastAsia="Arimo" w:hAnsi="Arimo" w:cs="Arimo"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7200"/>
+        </w:tabs>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00122893"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      </w:tabs>
       <w:spacing w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Geneva" w:hAnsi="Geneva"/>
-      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00122893"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00122893"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="7200"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00122893"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="clear" w:pos="1440"/>
+        <w:tab w:val="clear" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00122893"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="7200"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
-    </w:rPr>
-[...17 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00122893"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00122893"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00122893"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00122893"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="double" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="double" w:sz="6" w:space="4" w:color="auto"/>
         <w:bottom w:val="double" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="double" w:sz="6" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...155 lines deleted...]
-    <w:rsid w:val="00122893"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="im">
+    <w:name w:val="im"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="007A1029"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="007A1029"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A1029"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F36668"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="720"/>
-[...1 lines deleted...]
-        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="clear" w:pos="1440"/>
+        <w:tab w:val="clear" w:pos="7200"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:line="320" w:lineRule="atLeast"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F36668"/>
     <w:rPr>
       <w:rFonts w:ascii="Geneva" w:hAnsi="Geneva"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00122893"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F36668"/>
     <w:pPr>
-      <w:keepNext/>
-[...17 lines deleted...]
-      <w:widowControl/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="7200"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
-      <w:outlineLvl w:val="1"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F36668"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Geneva" w:hAnsi="Geneva"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...6 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...18 lines deleted...]
-    <w:rsid w:val="00122893"/>
+    <w:rsid w:val="001F496B"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="7200"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006D7318"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...12 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...15 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:XXX@hamilton.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZZZ@hamilton.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:XXX@hamilton.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hhs.gov/ohrp/regulations-and-policy/regulations/45-cfr-46/revised-common-rule-regulatory-text/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hamilton.edu/privacy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:XXX@hamilton.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hhs.gov/ohrp/regulations-and-policy/regulations/45-cfr-46/revised-common-rule-regulatory-text/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iboard@hamilton.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZZZ@hamilton.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hhs.gov/ohrp/regulations-and-policy/regulations/45-cfr-46/revised-common-rule-regulatory-text/index.html" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1940,115 +6718,89 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi3mDis8bwpzBm9CBd/6wySEfw5lA==">CgMxLjAyDmguaWkwYzB4eGpicWh2OAByITEwV3hWZVR5U2lsenFwTHdUMUVHT0t4LUtJaW5xNEdzVQ==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Pages>7</Pages>
+  <Words>2520</Words>
+  <Characters>14368</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Participant Consent Form</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hamilton College</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2891</CharactersWithSpaces>
+  <CharactersWithSpaces>16855</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Participant Consent Form</dc:title>
-  <dc:subject/>
   <dc:creator>library user</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>